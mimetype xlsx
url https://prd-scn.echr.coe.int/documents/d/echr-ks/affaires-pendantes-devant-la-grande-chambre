--- v0 (2025-12-08)
+++ v1 (2026-01-26)
@@ -8,74 +8,74 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Delrue\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{6C41F482-55B4-4C6F-9002-BFF1D88F5E9D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E449B510-148C-40DF-9457-56CA74C2D1B3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="390" yWindow="390" windowWidth="23775" windowHeight="14730" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Affaires pendantes devant la GC" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="59">
   <si>
     <t>47319/20</t>
   </si>
   <si>
     <t>42521/20</t>
   </si>
   <si>
     <t>Astuces Excel :
 Pour effectuer une recherche par mot/numéro dans une colonne :
 1. 	Cliquez sur la flèche déroulante dans l'en-tête de la colonne concernée. 
 2. 	Vous verrez apparaître un champ de recherche. Entrez votre texte et cliquez sur OK.
 3. 	Pour revenir au tableau Excel complet, cliquez sur la flèche déroulante, cochez la case « (Sélectionner tout) » et cliquez sur OK.</t>
   </si>
   <si>
     <t>Nom de la requête</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Numéro(s) de la requête
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
@@ -140,100 +140,72 @@
         <sz val="16"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <t>C.O.C.G. et autres c. Lituanie</t>
   </si>
   <si>
     <t>17764/22</t>
   </si>
   <si>
     <t>Articles 2, 3, 5 §§ 1, 2 et 4
 Articles 13, 34
 Article 4 du Protocole n° 4</t>
   </si>
   <si>
     <t>L'affaire concerne des allégations de ressortissants cubains concernant leur renvoi sommaire (« pushback ») à la frontière entre la Lituanie et le Belarus sans qu'ils aient eu la possibilité de présenter une demande d'asile et leur privation de liberté subséquente dans un centre pour demandeurs d'asile. Les requérants affirment également que la Lituanie n'a pas respecté une mesure provisoire indiquée par la Cour.</t>
   </si>
   <si>
-    <t>Danileţ c. Roumanie</t>
-[...10 lines deleted...]
-  <si>
     <t>R.A. et autres c. Pologne</t>
   </si>
   <si>
     <t>42120/21</t>
   </si>
   <si>
     <t>L'affaire concerne les allégations d’un groupe de ressortissants afghans relatives à leur renvoi vers le Bélarus, par la police polonaise, après qu’ils aient franchi la frontière, sans leur donner accès aux procédures d'asile et en les exposant au risque de subir en Afghanistan un traitement contraire à la Convention et, en cas de renvoi vers le Bélarus, un refoulement en chaîne. Ils se plaignent également de leurs conditions matérielles et sanitaires dans un campement de fortune à la frontière entre le Bélarus et la Pologne ; d’avoir fait l'objet d'une expulsion collective ; de l’absence de recours effectif ; et du défaut d’exécution par la Pologne des mesures provisoires indiquées par la Cour.</t>
   </si>
   <si>
     <t>Articles 1, 3, 13, 34 et article 4 du Protocole n° 4</t>
   </si>
   <si>
     <t>H.M.M. et autres c.  Lettonie</t>
   </si>
   <si>
     <t>42165/21</t>
   </si>
   <si>
     <t>L'affaire concerne les allégations de ressortissants irakiens d'origine kurde (adultes et mineurs) concernant leur renvoi sommaire (« pushback ») à la frontière entre la Lettonie et la Biélorussie sans aucune évaluation de leurs demandes d'asile, les conditions de leur détention dans une forêt près de cette frontière ainsi que dans une tente sur le territoire letton, et la privation de leur liberté dans un centre d'hébergement pour les étrangers détenus en Lettonie.</t>
   </si>
   <si>
     <t>Articles 3, 5 §§ 1 et 4, 13 et article 4 du Protocole n° 4</t>
-  </si>
-[...14 lines deleted...]
-</t>
   </si>
   <si>
     <t>Yasak c. Türkiye</t>
   </si>
   <si>
     <t>17389/20</t>
   </si>
   <si>
     <t>L'affaire concerne la condamnation du requérant pour appartenance à une organisation terroriste armée décrite par les autorités turques comme l'« Organisation terroriste fetullahiste/Structure d'État parallèle », à raison des activités secrètes du requérant menées en faveur de l’organisation en tant que cadre.</t>
   </si>
   <si>
     <t>Article 3 (matériel)
 Article 7</t>
   </si>
   <si>
     <t>Jesus Pinhal c. Portugal</t>
   </si>
   <si>
     <t>48047/15 et 2276/20</t>
   </si>
   <si>
     <t>Article 4 du Protocole n° 7</t>
   </si>
   <si>
     <t>L’affaire concerne trois procédures ouvertes contre le requérant, respectivement par les juridictions pénales, par la Commission du marché des valeurs mobilières et par la Banque du Portugal pour des infractions pénales et administratives commises alors qu’il était vice-président du conseil d’administration d’une banque privée. Le requérant se plaint d’avoir été poursuivi trois fois pour les mêmes faits.</t>
@@ -291,50 +263,106 @@
     </r>
   </si>
   <si>
     <t>Article 6 § 1</t>
   </si>
   <si>
     <t>Tergek c. Türkiye</t>
   </si>
   <si>
     <t>39631/20</t>
   </si>
   <si>
     <t>L'affaire concerne le refus des autorités pénitentiaires de remettre au requérant détenu des imprimés Internet volumineux  qui lui avaient été envoyées par son épouse.</t>
   </si>
   <si>
     <t>Article 8</t>
   </si>
   <si>
     <t>S.O. c. Espagne</t>
   </si>
   <si>
     <t>5742/20</t>
   </si>
   <si>
     <t>L'affaire concerne l'absence présumée de consentement éclairé valable de la part de la requérante à l’élargissement du champ de l’intervention de chirurgie conservatrice du sein subie par elle à l’ablation du mamelon et de l’aréole.</t>
+  </si>
+  <si>
+    <t>Kavala c. Türkiye (no. 2)</t>
+  </si>
+  <si>
+    <t>2170/24</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">L'affaire concerne la détention et la condamnation du requérant après l'arrêt </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="4" tint="-0.499984740745262"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Kavala c. Turquie</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="4" tint="-0.499984740745262"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> (n° 28749/18) du 10 décembre 2019, qui portait sur la détention provisoire du requérant et dans lequel la Cour a constaté la violation des articles 5 et 18. Dans son arrêt du 11 juillet 2022 (</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="4" tint="-0.499984740745262"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Kavala c. Türkiye</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="4" tint="-0.499984740745262"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> [GC] (procédure en manquement), n° 28749/18), la Cour a constaté que la Türkiye ne s’était pas conformée au premier arrêt.</t>
+    </r>
+  </si>
+  <si>
+    <t>Articles 5 §§ 1 et 4, 6 §§ 1, 2 et 3, 7, 10, 11 et 18</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -563,157 +591,148 @@
       <top/>
       <bottom style="thin">
         <color rgb="FF0070C0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF4F81BD"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF4F81BD"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyProtection="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="41">
+  <cellXfs count="38">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="17" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="16" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8" customBuiltin="1"/>
     <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{267841CC-6D88-427F-87E3-393383645370}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="10">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
@@ -972,54 +991,54 @@
         <a:xfrm>
           <a:off x="217222" y="83344"/>
           <a:ext cx="2356485" cy="875665"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{D50A5F8B-082C-460A-804A-E7221594BA75}" name="EKSPendingGC" displayName="EKSPendingGC" ref="B5:H18" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8" tableBorderDxfId="7">
-[...2 lines deleted...]
-    <sortCondition descending="1" ref="E5:E22"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{D50A5F8B-082C-460A-804A-E7221594BA75}" name="EKSPendingGC" displayName="EKSPendingGC" ref="B5:H17" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8" tableBorderDxfId="7">
+  <autoFilter ref="B5:H17" xr:uid="{00000000-0009-0000-0100-000002000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B6:H21">
+    <sortCondition descending="1" ref="E5:E21"/>
   </sortState>
   <tableColumns count="7">
     <tableColumn id="4" xr3:uid="{CEA014E1-9BBC-42B5-B4E9-21A292E603DB}" name="Nom de la requête" dataDxfId="6"/>
     <tableColumn id="6" xr3:uid="{6C4D2DB0-82A9-434D-8DA3-FD7CAA8808E9}" name="Numéro(s) de la requête_x000a_(avec lien vers l’arrêt de chambre concerné pour les renvois et le communiqué de presse pour les dessaisissements)" dataDxfId="5"/>
     <tableColumn id="5" xr3:uid="{4D0D7B1C-BB25-4B5B-8EAD-827D56EB2917}" name="Renvoi/ dessaisissement" dataDxfId="4"/>
     <tableColumn id="7" xr3:uid="{9A455914-E45A-4DF0-A1EA-356FF70969AA}" name="Date du renvoi/ dessaisissement" dataDxfId="3"/>
     <tableColumn id="3" xr3:uid="{800E4649-F244-413A-898B-7F3B83AC7B44}" name="Date d'audience" dataDxfId="2"/>
     <tableColumn id="1" xr3:uid="{AE4560A8-10AD-4549-821C-71B629C89EB3}" name="Description de l'affaire" dataDxfId="1"/>
     <tableColumn id="2" xr3:uid="{885E0437-3EEA-4F87-905B-649517906DA1}" name="Article(s) de la Convention concerné(s)" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="1"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1276,497 +1295,470 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-172107" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf?library=ECHR&amp;id=003-6284216-8193553&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20Slovenia%20v.%20Croatia.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.armenews.com/IMG/pdf/dessaisissement_en_faveur_de_la_grande_chambre_dans_deux_affaires_inter_tatiques.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=001-239008" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-187961" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7983147-11136334&amp;filename=Dessaisissement%20en%20faveur%20de%20la%20Grande%20Chambre%20dans%20l%27affaire%20R.A.%20et%20autres%20c.%20Pologne.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf?library=ECHR&amp;id=003-5725353-7269931&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20Nicolae%20Virgiliu%20Tanase%20v.%20Romania.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng-press" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.armenews.com/IMG/pdf/dessaisissement_en_faveur_de_la_grande_chambre_dans_deux_affaires_inter_tatiques.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=001-236133" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-184665" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=001-231084" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=001-244075" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-172107" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf?library=ECHR&amp;id=003-6284216-8193553&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20Slovenia%20v.%20Croatia.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-178877" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=001-235469" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng-press" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=001-233788" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=001-243077" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-187961" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7928256-11041780&amp;filename=Dessaisissement%20en%20faveur%20de%20la%20Grande%20Chambre%20dans%20l%27affaire%20C.O.C.G.%20et%20autres%20c.%20Lituanie.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-178877" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-184665" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf?library=ECHR&amp;id=003-5725353-7269931&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20Nicolae%20Virgiliu%20Tanase%20v.%20Romania.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7991238-11149538&amp;filename=Dessaisissement%20en%20faveur%20de%20la%20Grande%20Chambre%20dans%20l%27affaire%20H.M.M.%20et%20autres%20c.%20Lettonie.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8306875-11708288&amp;filename=Dessaisissement%20en%20faveur%20de%20la%20Grande%20Chambre%20dans%20l%27affaire%20Kuijt%20c.%20Pays-Bas.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-172107" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf?library=ECHR&amp;id=003-6284216-8193553&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20Slovenia%20v.%20Croatia.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.armenews.com/IMG/pdf/dessaisissement_en_faveur_de_la_grande_chambre_dans_deux_affaires_inter_tatiques.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=001-243077" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-187961" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7991238-11149538&amp;filename=Dessaisissement%20en%20faveur%20de%20la%20Grande%20Chambre%20dans%20l%27affaire%20H.M.M.%20et%20autres%20c.%20Lettonie.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf?library=ECHR&amp;id=003-5725353-7269931&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20Nicolae%20Virgiliu%20Tanase%20v.%20Romania.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng-press" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.armenews.com/IMG/pdf/dessaisissement_en_faveur_de_la_grande_chambre_dans_deux_affaires_inter_tatiques.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8306875-11708288&amp;filename=Dessaisissement%20en%20faveur%20de%20la%20Grande%20Chambre%20dans%20l%27affaire%20Kuijt%20c.%20Pays-Bas.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-184665" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7983147-11136334&amp;filename=Dessaisissement%20en%20faveur%20de%20la%20Grande%20Chambre%20dans%20l%27affaire%20R.A.%20et%20autres%20c.%20Pologne.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-172107" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf?library=ECHR&amp;id=003-6284216-8193553&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20Slovenia%20v.%20Croatia.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-178877" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=001-239008" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng-press" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=001-236133" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8416333-11909302&amp;filename=Dessaisissement%20en%20faveur%20de%20la%20Grande%20Chambre%20dans%20l%27affaire%20Kavala%20c.%20T%C3%BCrkiye%20(n%C2%B0%202).pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-187961" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7928256-11041780&amp;filename=Dessaisissement%20en%20faveur%20de%20la%20Grande%20Chambre%20dans%20l%27affaire%20C.O.C.G.%20et%20autres%20c.%20Lituanie.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-178877" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-184665" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf?library=ECHR&amp;id=003-5725353-7269931&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20Nicolae%20Virgiliu%20Tanase%20v.%20Romania.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=001-235469" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/fre?i=001-244075" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C07DC29C-2F6F-4F76-9848-A9539079A741}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:J18"/>
+  <dimension ref="B1:J17"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" topLeftCell="A5" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="F6" sqref="F6"/>
+      <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="43.7109375" style="2" customWidth="1"/>
     <col min="3" max="3" width="20.28515625" style="8" customWidth="1"/>
     <col min="4" max="4" width="25" style="9" customWidth="1"/>
     <col min="5" max="5" width="23" style="9" customWidth="1"/>
     <col min="6" max="6" width="23" style="1" customWidth="1"/>
     <col min="7" max="7" width="108.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="25.7109375" style="1" customWidth="1"/>
     <col min="9" max="16384" width="9.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="B1" s="40" t="s">
+      <c r="B1" s="37" t="s">
         <v>17</v>
       </c>
-      <c r="C1" s="40"/>
-[...4 lines deleted...]
-      <c r="H1" s="40"/>
+      <c r="C1" s="37"/>
+      <c r="D1" s="37"/>
+      <c r="E1" s="37"/>
+      <c r="F1" s="37"/>
+      <c r="G1" s="37"/>
+      <c r="H1" s="37"/>
     </row>
     <row r="2" spans="2:10" ht="168.75" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B2" s="37" t="s">
+      <c r="B2" s="34" t="s">
         <v>19</v>
       </c>
-      <c r="C2" s="37"/>
-[...4 lines deleted...]
-      <c r="H2" s="37"/>
+      <c r="C2" s="34"/>
+      <c r="D2" s="34"/>
+      <c r="E2" s="34"/>
+      <c r="F2" s="34"/>
+      <c r="G2" s="34"/>
+      <c r="H2" s="34"/>
       <c r="I2" s="6"/>
       <c r="J2"/>
     </row>
     <row r="3" spans="2:10" s="11" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="39" t="s">
+      <c r="B3" s="36" t="s">
         <v>16</v>
       </c>
-      <c r="C3" s="39"/>
-[...3 lines deleted...]
-      <c r="G3" s="39"/>
+      <c r="C3" s="36"/>
+      <c r="D3" s="36"/>
+      <c r="E3" s="36"/>
+      <c r="F3" s="36"/>
+      <c r="G3" s="36"/>
       <c r="H3" s="10"/>
     </row>
     <row r="4" spans="2:10" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="38" t="s">
+      <c r="B4" s="35" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="38"/>
-[...4 lines deleted...]
-      <c r="H4" s="38"/>
+      <c r="C4" s="35"/>
+      <c r="D4" s="35"/>
+      <c r="E4" s="35"/>
+      <c r="F4" s="35"/>
+      <c r="G4" s="35"/>
+      <c r="H4" s="35"/>
       <c r="J4"/>
     </row>
     <row r="5" spans="2:10" ht="143.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>6</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>7</v>
       </c>
       <c r="G5" s="4" t="s">
         <v>8</v>
       </c>
       <c r="H5" s="4" t="s">
         <v>18</v>
       </c>
       <c r="J5"/>
     </row>
-    <row r="6" spans="2:10" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>60</v>
+    <row r="6" spans="2:10" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="27" t="s">
+        <v>55</v>
       </c>
       <c r="C6" s="12" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D6" s="13" t="s">
-        <v>9</v>
-[...11 lines deleted...]
-        <v>59</v>
+        <v>10</v>
+      </c>
+      <c r="E6" s="25">
+        <v>46007</v>
+      </c>
+      <c r="F6" s="33"/>
+      <c r="G6" s="28" t="s">
+        <v>57</v>
+      </c>
+      <c r="H6" s="26" t="s">
+        <v>58</v>
       </c>
       <c r="J6"/>
     </row>
-    <row r="7" spans="2:10" ht="40.15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>56</v>
+    <row r="7" spans="2:10" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="27" t="s">
+        <v>52</v>
       </c>
       <c r="C7" s="12" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="D7" s="13" t="s">
         <v>9</v>
       </c>
-      <c r="E7" s="29">
-        <v>45915</v>
+      <c r="E7" s="25">
+        <v>45964</v>
       </c>
       <c r="F7" s="16">
-        <v>46085</v>
-[...5 lines deleted...]
-        <v>59</v>
+        <v>46113</v>
+      </c>
+      <c r="G7" s="28" t="s">
+        <v>54</v>
+      </c>
+      <c r="H7" s="26" t="s">
+        <v>51</v>
       </c>
       <c r="J7"/>
     </row>
-    <row r="8" spans="2:10" ht="72" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>52</v>
+    <row r="8" spans="2:10" ht="40.35" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="27" t="s">
+        <v>48</v>
       </c>
       <c r="C8" s="12" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D8" s="13" t="s">
-        <v>10</v>
-[...11 lines deleted...]
-        <v>55</v>
+        <v>9</v>
+      </c>
+      <c r="E8" s="25">
+        <v>45915</v>
+      </c>
+      <c r="F8" s="16">
+        <v>46085</v>
+      </c>
+      <c r="G8" s="28" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8" s="26" t="s">
+        <v>51</v>
       </c>
       <c r="J8"/>
     </row>
-    <row r="9" spans="2:10" ht="96.75" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>48</v>
+    <row r="9" spans="2:10" ht="72" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="27" t="s">
+        <v>44</v>
       </c>
       <c r="C9" s="12" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D9" s="13" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>45775</v>
+        <v>10</v>
+      </c>
+      <c r="E9" s="25">
+        <v>45896</v>
       </c>
       <c r="F9" s="14">
-        <v>45980</v>
-[...5 lines deleted...]
-        <v>51</v>
+        <v>46043</v>
+      </c>
+      <c r="G9" s="28" t="s">
+        <v>46</v>
+      </c>
+      <c r="H9" s="26" t="s">
+        <v>47</v>
       </c>
       <c r="J9"/>
     </row>
-    <row r="10" spans="2:10" ht="75" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>44</v>
+    <row r="10" spans="2:10" ht="96.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="27" t="s">
+        <v>40</v>
       </c>
       <c r="C10" s="12" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="D10" s="26" t="s">
+        <v>41</v>
+      </c>
+      <c r="D10" s="13" t="s">
         <v>9</v>
       </c>
-      <c r="E10" s="16">
-[...9 lines deleted...]
-        <v>46</v>
+      <c r="E10" s="25">
+        <v>45775</v>
+      </c>
+      <c r="F10" s="14">
+        <v>45980</v>
+      </c>
+      <c r="G10" s="28" t="s">
+        <v>42</v>
+      </c>
+      <c r="H10" s="26" t="s">
+        <v>43</v>
       </c>
       <c r="J10"/>
     </row>
-    <row r="11" spans="2:10" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>40</v>
+    <row r="11" spans="2:10" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="31" t="s">
+        <v>36</v>
       </c>
       <c r="C11" s="12" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D11" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="D11" s="23" t="s">
         <v>9</v>
       </c>
       <c r="E11" s="16">
-        <v>45642</v>
+        <v>45733</v>
       </c>
       <c r="F11" s="16">
-        <v>45784</v>
-[...5 lines deleted...]
-        <v>43</v>
+        <v>45917</v>
+      </c>
+      <c r="G11" s="29" t="s">
+        <v>39</v>
+      </c>
+      <c r="H11" s="22" t="s">
+        <v>38</v>
       </c>
       <c r="J11"/>
     </row>
     <row r="12" spans="2:10" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="31" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="C12" s="12" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="D12" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="D12" s="23" t="s">
         <v>9</v>
       </c>
-      <c r="E12" s="27">
-[...9 lines deleted...]
-        <v>38</v>
+      <c r="E12" s="16">
+        <v>45642</v>
+      </c>
+      <c r="F12" s="16">
+        <v>45784</v>
+      </c>
+      <c r="G12" s="29" t="s">
+        <v>34</v>
+      </c>
+      <c r="H12" s="22" t="s">
+        <v>35</v>
       </c>
       <c r="J12"/>
     </row>
     <row r="13" spans="2:10" ht="93.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="31" t="s">
-        <v>32</v>
+      <c r="B13" s="27" t="s">
+        <v>28</v>
       </c>
       <c r="C13" s="15" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D13" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="E13" s="27">
+      <c r="E13" s="24">
         <v>45475</v>
       </c>
       <c r="F13" s="16">
         <v>45700</v>
       </c>
-      <c r="G13" s="34" t="s">
-[...3 lines deleted...]
-        <v>35</v>
+      <c r="G13" s="30" t="s">
+        <v>30</v>
+      </c>
+      <c r="H13" s="21" t="s">
+        <v>31</v>
       </c>
       <c r="J13"/>
     </row>
-    <row r="14" spans="2:10" ht="106.15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>28</v>
+    <row r="14" spans="2:10" ht="106.35" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="27" t="s">
+        <v>24</v>
       </c>
       <c r="C14" s="15" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D14" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="E14" s="27">
+      <c r="E14" s="24">
         <v>45468</v>
       </c>
       <c r="F14" s="16">
         <v>45700</v>
       </c>
-      <c r="G14" s="34" t="s">
-[...3 lines deleted...]
-        <v>31</v>
+      <c r="G14" s="30" t="s">
+        <v>26</v>
+      </c>
+      <c r="H14" s="21" t="s">
+        <v>27</v>
       </c>
       <c r="J14"/>
     </row>
-    <row r="15" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-        <v>27</v>
+    <row r="15" spans="2:10" ht="61.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="C15" s="12" t="s">
+        <v>21</v>
+      </c>
+      <c r="D15" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="E15" s="24">
+        <v>45398</v>
+      </c>
+      <c r="F15" s="16">
+        <v>45700</v>
+      </c>
+      <c r="G15" s="30" t="s">
+        <v>23</v>
+      </c>
+      <c r="H15" s="21" t="s">
+        <v>22</v>
       </c>
       <c r="J15"/>
     </row>
-    <row r="16" spans="2:10" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="D16" s="20" t="s">
+    <row r="16" spans="2:10" ht="154.35" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B16" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="C16" s="18" t="s">
+        <v>0</v>
+      </c>
+      <c r="D16" s="19" t="s">
         <v>10</v>
       </c>
-      <c r="E16" s="27">
-[...11 lines deleted...]
-      <c r="J16"/>
+      <c r="E16" s="20">
+        <v>44327</v>
+      </c>
+      <c r="F16" s="20"/>
+      <c r="G16" s="30" t="s">
+        <v>12</v>
+      </c>
+      <c r="H16" s="21" t="s">
+        <v>13</v>
+      </c>
     </row>
-    <row r="17" spans="2:8" ht="154.15" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="D17" s="22" t="s">
+    <row r="17" spans="2:8" ht="97.35" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="32" t="s">
+        <v>14</v>
+      </c>
+      <c r="C17" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="D17" s="19" t="s">
         <v>10</v>
       </c>
-      <c r="E17" s="23">
+      <c r="E17" s="20">
         <v>44327</v>
       </c>
-      <c r="F17" s="23"/>
-[...21 lines deleted...]
-      <c r="G18" s="34" t="s">
+      <c r="F17" s="20"/>
+      <c r="G17" s="30" t="s">
         <v>15</v>
       </c>
-      <c r="H18" s="24" t="s">
+      <c r="H17" s="21" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B2:H2"/>
     <mergeCell ref="B4:H4"/>
     <mergeCell ref="B3:G3"/>
     <mergeCell ref="B1:H1"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="C26" r:id="rId1" display="http://hudoc.echr.coe.int/eng?i=001-172107" xr:uid="{64912E41-9518-4851-AAAD-899E50259C02}"/>
-[...12 lines deleted...]
-    <hyperlink ref="B20" r:id="rId14" display="41720/13" xr:uid="{F6AAD1BF-50F9-4A49-9874-85477F856126}"/>
+    <hyperlink ref="C25" r:id="rId1" display="http://hudoc.echr.coe.int/eng?i=001-172107" xr:uid="{64912E41-9518-4851-AAAD-899E50259C02}"/>
+    <hyperlink ref="C20" r:id="rId2" display="60561/14" xr:uid="{8F37E903-E0F1-434A-A7EC-21F196854596}"/>
+    <hyperlink ref="C21" r:id="rId3" display="14305/17" xr:uid="{352E1EAC-060C-4A01-A8FD-B6E622F209AF}"/>
+    <hyperlink ref="C23" r:id="rId4" display="37283/13" xr:uid="{977A2719-2D49-4F32-912A-0AC0C4511BBA}"/>
+    <hyperlink ref="C24" r:id="rId5" location="{&quot;fulltext&quot;:[&quot;relinquishment&quot;],&quot;documentcollectionid&quot;:[&quot;GENERAL&quot;]}" display="https://hudoc.echr.coe.int/eng-press - {&quot;fulltext&quot;:[&quot;relinquishment&quot;],&quot;documentcollectionid&quot;:[&quot;GENERAL&quot;]}" xr:uid="{1E5435FD-8947-4E71-AA18-9AEA306FCB0E}"/>
+    <hyperlink ref="C22" r:id="rId6" display="54155/16" xr:uid="{04B9CC8D-2DE5-415F-A766-D6C627AA60E0}"/>
+    <hyperlink ref="C19" r:id="rId7" display="41720/13" xr:uid="{0C45185C-5C94-4411-A0B2-31DFFD8089E4}"/>
+    <hyperlink ref="B25" r:id="rId8" display="http://hudoc.echr.coe.int/eng?i=001-172107" xr:uid="{94893EA0-14E5-4AF4-A730-17AA9B1EBA1E}"/>
+    <hyperlink ref="B20" r:id="rId9" display="60561/14" xr:uid="{8AAD194C-3DD0-48CC-80D2-34ABFD8B23EB}"/>
+    <hyperlink ref="B21" r:id="rId10" display="14305/17" xr:uid="{8C2FDAF5-4118-4C3A-A677-ECE5A4BABEAA}"/>
+    <hyperlink ref="B23" r:id="rId11" display="37283/13" xr:uid="{04F4B82F-41C1-4CED-B29A-B44B6C104A6C}"/>
+    <hyperlink ref="B24" r:id="rId12" location="{&quot;fulltext&quot;:[&quot;relinquishment&quot;],&quot;documentcollectionid&quot;:[&quot;GENERAL&quot;]}" display="https://hudoc.echr.coe.int/eng-press - {&quot;fulltext&quot;:[&quot;relinquishment&quot;],&quot;documentcollectionid&quot;:[&quot;GENERAL&quot;]}" xr:uid="{A832A4C3-7649-4039-B463-565EEB6F9069}"/>
+    <hyperlink ref="B22" r:id="rId13" display="54155/16" xr:uid="{6C039F15-F439-4550-918A-247CE56593A4}"/>
+    <hyperlink ref="B19" r:id="rId14" display="41720/13" xr:uid="{F6AAD1BF-50F9-4A49-9874-85477F856126}"/>
     <hyperlink ref="E5" r:id="rId15" display="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" xr:uid="{60EDFA8A-7008-4B63-B2B5-EB1565BE11E2}"/>
     <hyperlink ref="F5" r:id="rId16" display="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" xr:uid="{7F120C90-C977-48A1-BC70-83DC7341DAD0}"/>
-    <hyperlink ref="C17" r:id="rId17" xr:uid="{BD4BE104-81A8-46C6-98C8-4F215855F4E0}"/>
-[...11 lines deleted...]
-    <hyperlink ref="C6" r:id="rId29" xr:uid="{57F0C35F-3DBB-4C64-AB55-8FCBA188B883}"/>
+    <hyperlink ref="C16" r:id="rId17" xr:uid="{BD4BE104-81A8-46C6-98C8-4F215855F4E0}"/>
+    <hyperlink ref="C17" r:id="rId18" xr:uid="{7EF161D0-4F47-42AE-8FFC-0C5EF9340604}"/>
+    <hyperlink ref="C15" r:id="rId19" xr:uid="{E80E9301-220E-48F0-A82A-6D61065F01B5}"/>
+    <hyperlink ref="C14" r:id="rId20" xr:uid="{F60853F2-C72E-4A1A-A04B-B5E07E6B594B}"/>
+    <hyperlink ref="C13" r:id="rId21" xr:uid="{31285219-C023-4E65-B6FF-2AD6D24E1439}"/>
+    <hyperlink ref="C12" r:id="rId22" display="https://hudoc.echr.coe.int/fre?i=001-235469" xr:uid="{B1B2899A-A286-4341-9AE4-2EDBE6BCBE7A}"/>
+    <hyperlink ref="C11" r:id="rId23" xr:uid="{FBCF293F-9115-4E1B-86F7-4E644DBC3F38}"/>
+    <hyperlink ref="C10" r:id="rId24" xr:uid="{2BF51A2A-23D7-4157-AEAA-9C512F733F9E}"/>
+    <hyperlink ref="C9" r:id="rId25" display="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8306875-11708288&amp;filename=Dessaisissement%20en%20faveur%20de%20la%20Grande%20Chambre%20dans%20l%27affaire%20Kuijt%20c.%20Pays-Bas.pdf" xr:uid="{3F6441DC-3C56-45D1-BC8F-A2102A826CCD}"/>
+    <hyperlink ref="C8" r:id="rId26" xr:uid="{25524FF7-CD74-4E64-BDE9-26AB964692AF}"/>
+    <hyperlink ref="C7" r:id="rId27" xr:uid="{57F0C35F-3DBB-4C64-AB55-8FCBA188B883}"/>
+    <hyperlink ref="C6" r:id="rId28" xr:uid="{B94C3655-BCA2-4A69-8F0B-7B63CD821EFB}"/>
   </hyperlinks>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.31496062992125984" bottom="0.31496062992125984" header="0.23622047244094491" footer="0.31496062992125984"/>
-  <pageSetup paperSize="8" scale="76" fitToHeight="0" orientation="landscape" r:id="rId30"/>
-  <drawing r:id="rId31"/>
+  <pageSetup paperSize="8" scale="76" fitToHeight="0" orientation="landscape" r:id="rId29"/>
+  <drawing r:id="rId30"/>
   <tableParts count="1">
-    <tablePart r:id="rId32"/>
+    <tablePart r:id="rId31"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Affaires pendantes devant la GC</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>