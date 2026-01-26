--- v0 (2025-12-08)
+++ v1 (2026-01-26)
@@ -9,76 +9,76 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Delrue\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{60589BD8-4224-44CE-A3BE-B9504F00E248}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F3965F93-C782-43CF-8977-22C5CA478E99}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="390" yWindow="390" windowWidth="23775" windowHeight="14730" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Pending GC cases" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_GoBack" localSheetId="0">'Pending GC cases'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="59">
   <si>
     <t>Application Name</t>
   </si>
   <si>
     <t>Relevant Convention Article(s)</t>
   </si>
   <si>
     <t>Description of the case</t>
   </si>
   <si>
     <t>Date of referral / relinquishment</t>
   </si>
   <si>
     <t>Date of hearing</t>
   </si>
   <si>
     <t>Referral</t>
   </si>
   <si>
     <t>Relinquishment</t>
   </si>
   <si>
     <t>Referral / Relinquishment</t>
   </si>
   <si>
@@ -190,126 +190,97 @@
         <b/>
         <sz val="20"/>
         <color theme="3" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <t>C.O.C.G. and Others v. Lithuania</t>
   </si>
   <si>
     <t>17764/22</t>
   </si>
   <si>
     <t xml:space="preserve">The case concerns allegations by Cuban nationals of their summary return (pushback) at the Lithuanian-Belarusian border without giving them an opportunity to submit asylum applications and their subsequent deprivation of liberty in a centre for asylum seekers. The applicants also claim that Lithuania failed to comply with an interim measure indicated by the Court. </t>
   </si>
   <si>
     <t xml:space="preserve">Articles 2, 3, 5 §§ 1, 2 and 4
 Articles 13, 34
 Article 4 of Protocol No. 4 </t>
   </si>
   <si>
-    <t>Danileţ v. Romania</t>
-[...10 lines deleted...]
-  <si>
     <t>R.A. and Others v. Poland</t>
   </si>
   <si>
     <t>42120/21</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">The case concerns allegations by a group of Afghan nationals of their return to Belarus, by the Polish police, after they had crossed the border, without giving them access to asylum procedures and exposing them to the risk, if returned to Afghanistan, of treatment in breach of the Convention and, if sent to Belarus, of chain </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>refoulement</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>. They also complain of the conditions of detention in a makeshift camp on the border between Belarus and Poland for over two months; that they were subjected to a collective expulsion; a lack of an effective remedy; and of a failure by Poland to apply the interim measures indicated by the Court.</t>
     </r>
   </si>
   <si>
     <t>Articles 1, 3, 13, 34 and Article 4 of Protocol No. 4</t>
   </si>
   <si>
     <t>H.M.M. and Others v. Latvia</t>
   </si>
   <si>
     <t>42165/21</t>
   </si>
   <si>
     <t>The case concerns allegations by Iraqi nationals of Kurdish origin (adults and minors) of their summary return (pushback) at the Latvian-Belarusian border without any assessment of their asylum claims, the conditions of their detention in a forest near that border as well in a tent in Latvian territory, and the deprivation of their liberty in an accommodation centre for detained foreigners in Latvia.</t>
   </si>
   <si>
     <t>Articles 3, 5 §§ 1 and 4, 13 and Article 4 of Protocol No. 4</t>
   </si>
   <si>
-    <t>Tsaava and Others v. Georgia</t>
-[...15 lines deleted...]
-  <si>
     <t>Yasak v. Türkiye</t>
   </si>
   <si>
     <t>17389/20</t>
   </si>
   <si>
     <t>Article 3 (substantive)
 Article 7</t>
   </si>
   <si>
     <t>The case concerns the applicant’s conviction for membership of an armed terrorist organisation described by the Turkish authorities as the “Fetullahist Terror Organisation/Parallel State Structure”, on account of activities carried out in secret by the applicant, as a senior officer of that organisation.</t>
   </si>
   <si>
     <t>Jesus Pinhal v. Portugal</t>
   </si>
   <si>
     <t>48047/15 and 2276/20</t>
   </si>
   <si>
     <t>The case concerns three sets of proceedings brought against the applicant by the criminal-law authorities, the Securities Market Commission, and the Bank of Portugal, respectively, for criminal and administrative offences committed while he was Vice-Chairman of the Board of Directors of a private bank. The applicant complains that he was prosecuted three times for the same acts.</t>
   </si>
   <si>
     <t>Article 4 of Protocol No. 7</t>
   </si>
   <si>
@@ -356,50 +327,106 @@
     </r>
   </si>
   <si>
     <t>Article 6 § 1</t>
   </si>
   <si>
     <t>Tergek v. Türkiye</t>
   </si>
   <si>
     <t>39631/20</t>
   </si>
   <si>
     <t>The case concerns the prison authorities’ refusal to hand over to the applicant prisoner voluminous internet printouts which had been posted to him by his wife.</t>
   </si>
   <si>
     <t>Article 8</t>
   </si>
   <si>
     <t>S.O. v. Spain</t>
   </si>
   <si>
     <t>5742/22</t>
   </si>
   <si>
     <t>The case concerns the alleged absence of valid informed consent by the applicant for the expansion of the scope of her breast-conserving surgery to the resection of her nipple areola complex.</t>
+  </si>
+  <si>
+    <t>Kavala v. Türkiye (no. 2)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2170/24 </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">The case concerns the applicant’s detention and conviction after the </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="4" tint="-0.499984740745262"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Kavala v. Turkey</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="4" tint="-0.499984740745262"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> (no. 28749/18) judgment of 10 December 2019 that concerned the applicant’s pre-trial detention and in which the Court found violations of Articles 5 and 18. In its judgement of 11 July 2022 (</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="4" tint="-0.499984740745262"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Kavala v. Türkiye</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="4" tint="-0.499984740745262"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> [GC] (infringement proceedings), no. 28749/18), the Court found that Türkiye had failed to comply with the first judgment.</t>
+    </r>
+  </si>
+  <si>
+    <t>Articles 5 §§ 1 and 4, 6 §§ 1, 2 and 3, 7, 10, 11 and 18</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -615,101 +642,98 @@
       <right style="thin">
         <color rgb="FF0070C0"/>
       </right>
       <top style="thin">
         <color rgb="FF0070C0"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF4F81BD"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF4F81BD"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="32">
+  <cellXfs count="31">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="19" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
@@ -1031,54 +1055,54 @@
         <a:xfrm>
           <a:off x="252940" y="95250"/>
           <a:ext cx="2356485" cy="882015"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="EKSPendingGC" displayName="EKSPendingGC" ref="B5:H18" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8" tableBorderDxfId="7">
-[...2 lines deleted...]
-    <sortCondition descending="1" ref="E5:E21"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="EKSPendingGC" displayName="EKSPendingGC" ref="B5:H17" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8" tableBorderDxfId="7">
+  <autoFilter ref="B5:H17" xr:uid="{00000000-0009-0000-0100-000002000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B6:H20">
+    <sortCondition descending="1" ref="E5:E20"/>
   </sortState>
   <tableColumns count="7">
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Application Name" dataDxfId="6"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="Application No(s) _x000a_(with link to relevant chamber judgment for referrals and press release for relinquishments)" dataDxfId="5"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Referral / Relinquishment" dataDxfId="4"/>
     <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="Date of referral / relinquishment" dataDxfId="3"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Date of hearing" dataDxfId="2"/>
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Description of the case" dataDxfId="1"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Relevant Convention Article(s)" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="1"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1335,498 +1359,471 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-172107" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf?library=ECHR&amp;id=003-6284216-8193553&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20Slovenia%20v.%20Croatia.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7019980-9469559&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20of%20two%20inter-State%20cases.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-238566" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-187961" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7983149-11136336&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20R.A.%20and%20Others%20v.%20Poland%20.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf?library=ECHR&amp;id=003-5725353-7269931&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20Nicolae%20Virgiliu%20Tanase%20v.%20Romania.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng-press" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7019980-9469559&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20of%20two%20inter-State%20cases.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-237560" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-184665" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-231394" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-243823" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-172107" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf?library=ECHR&amp;id=003-6284216-8193553&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20Slovenia%20v.%20Croatia.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-178877" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-235709" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng-press" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-233412" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-242860" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-187961" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7928255-11041779&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20C.O.C.G.%20and%20Others%20v.%20Lithuania.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-178877" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-184665" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf?library=ECHR&amp;id=003-5725353-7269931&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20Nicolae%20Virgiliu%20Tanase%20v.%20Romania.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7991237-11149537&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20H.M.M.%20and%20Others%20v.%20Latvia.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8306874-11708286&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20Kuijt%20v.%20the%20Netherlands.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-172107" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf?library=ECHR&amp;id=003-6284216-8193553&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20Slovenia%20v.%20Croatia.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7019980-9469559&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20of%20two%20inter-State%20cases.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-242860" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-187961" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7991237-11149537&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20H.M.M.%20and%20Others%20v.%20Latvia.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf?library=ECHR&amp;id=003-5725353-7269931&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20Nicolae%20Virgiliu%20Tanase%20v.%20Romania.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng-press" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7019980-9469559&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20of%20two%20inter-State%20cases.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8306874-11708286&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20Kuijt%20v.%20the%20Netherlands.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-184665" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7983149-11136336&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20R.A.%20and%20Others%20v.%20Poland%20.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-172107" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf?library=ECHR&amp;id=003-6284216-8193553&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20Slovenia%20v.%20Croatia.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-178877" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-238566" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng-press" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-237560" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8417159-11910666&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20Kavala%20v.%20T%C3%BCrkiye%20(no.%202).pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-187961" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7928255-11041779&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20C.O.C.G.%20and%20Others%20v.%20Lithuania.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-178877" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-184665" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf?library=ECHR&amp;id=003-5725353-7269931&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20Nicolae%20Virgiliu%20Tanase%20v.%20Romania.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-235709" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-243823" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:H18"/>
+  <dimension ref="B1:H17"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="F6" sqref="F6"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A3" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="43.7109375" style="2" customWidth="1"/>
     <col min="3" max="3" width="19.7109375" style="3" customWidth="1"/>
     <col min="4" max="4" width="25" style="9" customWidth="1"/>
     <col min="5" max="5" width="23" style="9" customWidth="1"/>
     <col min="6" max="6" width="23" style="1" customWidth="1"/>
     <col min="7" max="7" width="110.28515625" style="1" customWidth="1"/>
     <col min="8" max="8" width="25.7109375" style="1" customWidth="1"/>
     <col min="9" max="16384" width="9.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H1" s="10" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2" spans="2:8" s="5" customFormat="1" ht="83.25" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B2" s="31" t="s">
+      <c r="B2" s="30" t="s">
         <v>19</v>
       </c>
-      <c r="C2" s="31"/>
-[...4 lines deleted...]
-      <c r="H2" s="31"/>
+      <c r="C2" s="30"/>
+      <c r="D2" s="30"/>
+      <c r="E2" s="30"/>
+      <c r="F2" s="30"/>
+      <c r="G2" s="30"/>
+      <c r="H2" s="30"/>
     </row>
     <row r="3" spans="2:8" s="5" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B3" s="11" t="s">
         <v>16</v>
       </c>
       <c r="C3" s="11"/>
       <c r="D3" s="11"/>
       <c r="E3" s="11"/>
       <c r="F3" s="11"/>
       <c r="G3" s="11"/>
       <c r="H3" s="12"/>
     </row>
     <row r="4" spans="2:8" s="5" customFormat="1" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="30" t="s">
+      <c r="B4" s="29" t="s">
         <v>17</v>
       </c>
-      <c r="C4" s="30"/>
-[...4 lines deleted...]
-      <c r="H4" s="30"/>
+      <c r="C4" s="29"/>
+      <c r="D4" s="29"/>
+      <c r="E4" s="29"/>
+      <c r="F4" s="29"/>
+      <c r="G4" s="29"/>
+      <c r="H4" s="29"/>
     </row>
-    <row r="5" spans="2:8" ht="97.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:8" ht="97.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>7</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>3</v>
       </c>
       <c r="F5" s="8" t="s">
         <v>4</v>
       </c>
       <c r="G5" s="6" t="s">
         <v>2</v>
       </c>
       <c r="H5" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="6" spans="2:8" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>60</v>
+    <row r="6" spans="2:8" ht="64.900000000000006" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="24" t="s">
+        <v>55</v>
       </c>
       <c r="C6" s="13" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D6" s="14" t="s">
-        <v>5</v>
-[...11 lines deleted...]
-        <v>59</v>
+        <v>6</v>
+      </c>
+      <c r="E6" s="23">
+        <v>46007</v>
+      </c>
+      <c r="F6" s="15"/>
+      <c r="G6" s="25" t="s">
+        <v>57</v>
+      </c>
+      <c r="H6" s="21" t="s">
+        <v>58</v>
       </c>
     </row>
     <row r="7" spans="2:8" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="25" t="s">
-        <v>56</v>
+      <c r="B7" s="24" t="s">
+        <v>52</v>
       </c>
       <c r="C7" s="13" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="D7" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="E7" s="24">
+      <c r="E7" s="23">
+        <v>45964</v>
+      </c>
+      <c r="F7" s="16">
+        <v>46113</v>
+      </c>
+      <c r="G7" s="25" t="s">
+        <v>54</v>
+      </c>
+      <c r="H7" s="21" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="8" spans="2:8" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="D8" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="E8" s="23">
         <v>45915</v>
       </c>
-      <c r="F7" s="16">
+      <c r="F8" s="16">
         <v>46085</v>
       </c>
-      <c r="G7" s="26" t="s">
-[...3 lines deleted...]
-        <v>59</v>
+      <c r="G8" s="25" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8" s="21" t="s">
+        <v>51</v>
       </c>
     </row>
-    <row r="8" spans="2:8" ht="58.9" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="D8" s="14" t="s">
+    <row r="9" spans="2:8" ht="59.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="24" t="s">
+        <v>44</v>
+      </c>
+      <c r="C9" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="D9" s="14" t="s">
         <v>6</v>
       </c>
-      <c r="E8" s="24">
+      <c r="E9" s="23">
         <v>45896</v>
       </c>
-      <c r="F8" s="15">
+      <c r="F9" s="15">
         <v>46043</v>
       </c>
-      <c r="G8" s="26" t="s">
-[...3 lines deleted...]
-        <v>55</v>
+      <c r="G9" s="25" t="s">
+        <v>46</v>
+      </c>
+      <c r="H9" s="21" t="s">
+        <v>47</v>
       </c>
     </row>
-    <row r="9" spans="2:8" ht="79.900000000000006" customHeight="1" x14ac:dyDescent="0.25">
-[...24 lines deleted...]
-        <v>44</v>
+    <row r="10" spans="2:8" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="24" t="s">
+        <v>40</v>
       </c>
       <c r="C10" s="13" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D10" s="14" t="s">
         <v>5</v>
       </c>
       <c r="E10" s="23">
-        <v>45733</v>
+        <v>45775</v>
       </c>
       <c r="F10" s="15">
-        <v>45917</v>
-[...5 lines deleted...]
-        <v>47</v>
+        <v>45980</v>
+      </c>
+      <c r="G10" s="25" t="s">
+        <v>42</v>
+      </c>
+      <c r="H10" s="21" t="s">
+        <v>43</v>
       </c>
     </row>
-    <row r="11" spans="2:8" ht="57" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>40</v>
+    <row r="11" spans="2:8" ht="69.599999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="24" t="s">
+        <v>36</v>
       </c>
       <c r="C11" s="13" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D11" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="E11" s="23">
-        <v>45642</v>
+      <c r="E11" s="22">
+        <v>45733</v>
       </c>
       <c r="F11" s="15">
-        <v>45784</v>
-[...5 lines deleted...]
-        <v>42</v>
+        <v>45917</v>
+      </c>
+      <c r="G11" s="27" t="s">
+        <v>38</v>
+      </c>
+      <c r="H11" s="21" t="s">
+        <v>39</v>
       </c>
     </row>
-    <row r="12" spans="2:8" ht="78.400000000000006" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>36</v>
+    <row r="12" spans="2:8" ht="57" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="24" t="s">
+        <v>32</v>
       </c>
       <c r="C12" s="13" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="D12" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="E12" s="23">
-        <v>45558</v>
+      <c r="E12" s="22">
+        <v>45642</v>
       </c>
       <c r="F12" s="15">
-        <v>45714</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>45784</v>
+      </c>
+      <c r="G12" s="27" t="s">
+        <v>35</v>
       </c>
       <c r="H12" s="21" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
     </row>
     <row r="13" spans="2:8" ht="63" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="25" t="s">
-        <v>32</v>
+      <c r="B13" s="24" t="s">
+        <v>28</v>
       </c>
       <c r="C13" s="13" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D13" s="14" t="s">
         <v>6</v>
       </c>
-      <c r="E13" s="23">
+      <c r="E13" s="22">
         <v>45475</v>
       </c>
       <c r="F13" s="16">
         <v>45700</v>
       </c>
-      <c r="G13" s="29" t="s">
-[...3 lines deleted...]
-        <v>35</v>
+      <c r="G13" s="28" t="s">
+        <v>30</v>
+      </c>
+      <c r="H13" s="20" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="14" spans="2:8" ht="96" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="25" t="s">
-        <v>28</v>
+      <c r="B14" s="24" t="s">
+        <v>24</v>
       </c>
       <c r="C14" s="13" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D14" s="14" t="s">
         <v>6</v>
       </c>
-      <c r="E14" s="23">
+      <c r="E14" s="22">
         <v>45468</v>
       </c>
       <c r="F14" s="16">
         <v>45700</v>
       </c>
-      <c r="G14" s="29" t="s">
-[...3 lines deleted...]
-        <v>31</v>
+      <c r="G14" s="28" t="s">
+        <v>26</v>
+      </c>
+      <c r="H14" s="20" t="s">
+        <v>27</v>
       </c>
     </row>
-    <row r="15" spans="2:8" ht="40.9" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>24</v>
+    <row r="15" spans="2:8" ht="55.35" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="24" t="s">
+        <v>20</v>
       </c>
       <c r="C15" s="13" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D15" s="14" t="s">
-        <v>5</v>
-[...11 lines deleted...]
-        <v>26</v>
+        <v>6</v>
+      </c>
+      <c r="E15" s="22">
+        <v>45398</v>
+      </c>
+      <c r="F15" s="16">
+        <v>45700</v>
+      </c>
+      <c r="G15" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15" s="20" t="s">
+        <v>23</v>
       </c>
     </row>
-    <row r="16" spans="2:8" ht="67.900000000000006" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="D16" s="14" t="s">
+    <row r="16" spans="2:8" ht="136.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B16" s="26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" s="19" t="s">
         <v>6</v>
       </c>
-      <c r="E16" s="23">
-[...9 lines deleted...]
-        <v>23</v>
+      <c r="E16" s="17">
+        <v>44327</v>
+      </c>
+      <c r="F16" s="17"/>
+      <c r="G16" s="28" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" s="20" t="s">
+        <v>13</v>
       </c>
     </row>
-    <row r="17" spans="2:8" ht="136.5" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="D17" s="20" t="s">
+    <row r="17" spans="2:8" ht="82.35" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="26" t="s">
+        <v>11</v>
+      </c>
+      <c r="C17" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" s="19" t="s">
         <v>6</v>
       </c>
-      <c r="E17" s="18">
+      <c r="E17" s="17">
         <v>44327</v>
       </c>
-      <c r="F17" s="18"/>
-[...21 lines deleted...]
-      <c r="G18" s="29" t="s">
+      <c r="F17" s="17"/>
+      <c r="G17" s="28" t="s">
         <v>14</v>
       </c>
-      <c r="H18" s="21" t="s">
+      <c r="H17" s="20" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B4:H4"/>
     <mergeCell ref="B2:H2"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="C25" r:id="rId1" display="http://hudoc.echr.coe.int/eng?i=001-172107" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
-[...12 lines deleted...]
-    <hyperlink ref="B19" r:id="rId14" display="41720/13" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
+    <hyperlink ref="C24" r:id="rId1" display="http://hudoc.echr.coe.int/eng?i=001-172107" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="C19" r:id="rId2" display="60561/14" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
+    <hyperlink ref="C20" r:id="rId3" display="14305/17" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
+    <hyperlink ref="C22" r:id="rId4" display="37283/13" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
+    <hyperlink ref="C23" r:id="rId5" location="{&quot;fulltext&quot;:[&quot;relinquishment&quot;],&quot;documentcollectionid&quot;:[&quot;GENERAL&quot;]}" display="https://hudoc.echr.coe.int/eng-press - {&quot;fulltext&quot;:[&quot;relinquishment&quot;],&quot;documentcollectionid&quot;:[&quot;GENERAL&quot;]}" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
+    <hyperlink ref="C21" r:id="rId6" display="54155/16" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
+    <hyperlink ref="C18" r:id="rId7" display="41720/13" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
+    <hyperlink ref="B24" r:id="rId8" display="http://hudoc.echr.coe.int/eng?i=001-172107" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
+    <hyperlink ref="B19" r:id="rId9" display="60561/14" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
+    <hyperlink ref="B20" r:id="rId10" display="14305/17" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
+    <hyperlink ref="B22" r:id="rId11" display="37283/13" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
+    <hyperlink ref="B23" r:id="rId12" location="{&quot;fulltext&quot;:[&quot;relinquishment&quot;],&quot;documentcollectionid&quot;:[&quot;GENERAL&quot;]}" display="https://hudoc.echr.coe.int/eng-press - {&quot;fulltext&quot;:[&quot;relinquishment&quot;],&quot;documentcollectionid&quot;:[&quot;GENERAL&quot;]}" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
+    <hyperlink ref="B21" r:id="rId13" display="54155/16" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
+    <hyperlink ref="B18" r:id="rId14" display="41720/13" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
     <hyperlink ref="E5" r:id="rId15" display="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
     <hyperlink ref="F5" r:id="rId16" display="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
-    <hyperlink ref="C17" r:id="rId17" xr:uid="{C44FBC1F-7224-4180-8929-4396DB73A846}"/>
-[...11 lines deleted...]
-    <hyperlink ref="C6" r:id="rId29" xr:uid="{DED48200-59E2-42CB-8CD8-AA92F2ADA786}"/>
+    <hyperlink ref="C16" r:id="rId17" xr:uid="{C44FBC1F-7224-4180-8929-4396DB73A846}"/>
+    <hyperlink ref="C17" r:id="rId18" xr:uid="{56F2E3F4-7AC4-410B-BAE6-868C98453802}"/>
+    <hyperlink ref="C15" r:id="rId19" xr:uid="{9E3AA717-6BB6-4D29-864A-96B6B0EB568C}"/>
+    <hyperlink ref="C14" r:id="rId20" xr:uid="{FA0427BC-A760-4C59-BCDE-02EFFB82E57D}"/>
+    <hyperlink ref="C13" r:id="rId21" xr:uid="{D510D518-7051-4375-9D0E-5858F90A4A0C}"/>
+    <hyperlink ref="C12" r:id="rId22" xr:uid="{8F9BD066-64A8-4771-AC91-0F94AF8BBF6D}"/>
+    <hyperlink ref="C11" r:id="rId23" xr:uid="{BAA719D4-3CB6-4B77-9154-B445811A2D44}"/>
+    <hyperlink ref="C10" r:id="rId24" xr:uid="{4D9ACB9C-0929-4B27-B516-3DF62B9A5ED4}"/>
+    <hyperlink ref="C9" r:id="rId25" display="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8306874-11708286&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20Kuijt%20v.%20the%20Netherlands.pdf" xr:uid="{3CB1C92A-D9AD-4619-97F2-697CD61E1F31}"/>
+    <hyperlink ref="C8" r:id="rId26" xr:uid="{A5F08AA5-0A1E-4573-90A1-0404AF66DAB5}"/>
+    <hyperlink ref="C7" r:id="rId27" xr:uid="{DED48200-59E2-42CB-8CD8-AA92F2ADA786}"/>
+    <hyperlink ref="C6" r:id="rId28" xr:uid="{617B7FBC-FF42-4F81-B937-431D6CAC442F}"/>
   </hyperlinks>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.31496062992125984" bottom="0.31496062992125984" header="0.23622047244094491" footer="0.31496062992125984"/>
-  <pageSetup paperSize="8" scale="76" fitToHeight="0" orientation="landscape" r:id="rId30"/>
-  <drawing r:id="rId31"/>
+  <pageSetup paperSize="8" scale="76" fitToHeight="0" orientation="landscape" r:id="rId29"/>
+  <drawing r:id="rId30"/>
   <tableParts count="1">
-    <tablePart r:id="rId32"/>
+    <tablePart r:id="rId31"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Pending GC cases</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>European Court of Human Rights</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Delrue, Karen</dc:creator>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="eDOCS AutoSave">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>