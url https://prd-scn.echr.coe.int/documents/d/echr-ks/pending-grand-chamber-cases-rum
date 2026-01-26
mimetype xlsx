--- v0 (2025-12-08)
+++ v1 (2026-01-26)
@@ -6,129 +6,112 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\delrue\AppData\Roaming\OpenText\DM\Temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Delrue\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{EADC1B26-A27E-49DA-89FA-9AA3B56EBFDC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{255432ED-BB78-491D-AFBF-B63F3BE7A4B6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Cauze aflate pe rolul MC" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_GoBack" localSheetId="0">'Cauze aflate pe rolul MC'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="73">
   <si>
     <t>CEDO-KS</t>
   </si>
   <si>
     <t>* Întocmită de Grefă. Nu obligă Curtea.</t>
   </si>
   <si>
     <t>Numele cererii</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Nr. cererii (cererilor) 
 (cu link către hotărârea camerei relevante pentru trimitere și către comunicatul de presă pentru desesizare)</t>
     </r>
   </si>
   <si>
     <t>Trimitere/Desesizare</t>
   </si>
   <si>
     <t>Data trimiterii/desesizării</t>
   </si>
   <si>
     <t>Data ședinței</t>
   </si>
   <si>
     <t>Descrierea cauzei</t>
   </si>
   <si>
     <t>Articolul (articolele) relevant(e) din Convenție</t>
   </si>
   <si>
     <t>17389/20</t>
   </si>
   <si>
     <t>Trimitere</t>
-  </si>
-[...15 lines deleted...]
-Art. 38</t>
   </si>
   <si>
     <t>H.M.M. și alții împotriva Letoniei</t>
   </si>
   <si>
     <t>42165/21</t>
   </si>
   <si>
     <t>Desesizare</t>
   </si>
   <si>
     <t>Cauza se referă la alegațiile unor cetățeni irakieni de origine kurdă (adulți și minori) cu privire la returnarea lor sumară (pushback) la frontiera letonă-belarusă fără nicio evaluare a cererilor lor de azil, la condițiile de detenție într-o pădure din apropierea acestei frontiere și într-un cort de pe teritoriul leton, precum și la privarea lor de libertate într-un centru de cazare pentru străini deținuți în Letonia.</t>
   </si>
   <si>
     <t>Art. 3, art. 5 § 1 și 4, art. 13 și art. 4 din Protocolul nr. 4</t>
   </si>
   <si>
     <t>R.A. și alții împotriva Poloniei</t>
   </si>
   <si>
     <t>42120/21</t>
   </si>
   <si>
     <r>
       <rPr>
@@ -164,62 +147,50 @@
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>De asemenea, aceștia se plâng de condițiile de detenție într-o tabără improvizată la frontiera dintre Belarus și Polonia timp de peste două luni; de faptul că au fost supuși unei expulzări colective; de lipsa unei căi de atac efective; de neaplicarea de către Polonia a măsurilor provizorii indicate de Curte.</t>
     </r>
   </si>
   <si>
     <t>Art. 1, 3, 13, 34 și art. 4 din Protocolul nr. 4</t>
   </si>
   <si>
-    <t>Dănileț împotriva României</t>
-[...10 lines deleted...]
-  <si>
     <t>C.O.C.G. și alții împotriva Lituaniei</t>
   </si>
   <si>
     <t>17764/22</t>
   </si>
   <si>
     <t xml:space="preserve">Cauza privește alegațiile unor resortisanți cubanezi cu privire la returnarea lor sumară (pushback) la frontiera lituaniano-belarusă, fără a li se oferi posibilitatea de a depune cereri de azil, și la privarea lor ulterioară de libertate într-un centru pentru solicitanții de azil. De asemenea, reclamanții susțin că Lituania nu a respectat o măsură provizorie indicată de Curte. </t>
   </si>
   <si>
     <t xml:space="preserve">Art. 2, 3, 5 § 1, 2 și 4
 Art. 13, 34
 Art. 4 din Protocolul nr. 4 </t>
   </si>
   <si>
     <t>Azerbaidjan împotriva Armeniei</t>
   </si>
   <si>
     <t>47319/20</t>
   </si>
   <si>
     <t>Cererea se referă, în principal, la ostilitățile recente dintre Armenia și Azerbaidjan (2020) și conține acuzații de încălcări pe scară largă ale Convenției de către statul pârât în timpul ostilităților, inclusiv atacuri fără discriminare asupra civililor, precum și asupra bunurilor și infrastructurii civile și publice; execuții, rele tratamente și mutilări ale combatanților și civililor; capturarea și menținerea în detenție a prizonierilor de război; strămutarea forțată a populației civile în zonele afectate de acțiunile militare. 
 În plus, Azerbaidjan susține că Armenia a fost răspunzătoare pentru o serie de încălcări ale Convenției în regiunea Nagorno-Karabah și în teritoriile învecinate începând cu 1992, inclusiv strămutarea continuă a sute de mii de azeri din casele și proprietățile lor; rele tratamente și dispariția cetățenilor azeri fără anchete adecvate; distrugerea bunurilor culturale și religioase.</t>
   </si>
   <si>
     <t>Mai multe articole</t>
@@ -241,72 +212,60 @@
         <sz val="11"/>
         <color theme="3" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Sugestii pentru Excel:
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="3" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Pentru a efectua o căutare după cuvânt/număr într-o coloană:
 1. Apăsați pe săgeata derulantă din antetul coloanei relevante. 
 2. Veți vedea o fereastră de căutare. Introduceți textul și apăsați OK.
 3. Pentru a reveni la tabelul Excel complet, apăsați pe săgeata derulantă, bifați caseta „(Selectează tot)” și apăsați OK.</t>
     </r>
   </si>
   <si>
-    <t>23.09.2024</t>
-[...1 lines deleted...]
-  <si>
     <t>25.06.2024</t>
   </si>
   <si>
-    <t>24.06.2024</t>
-[...1 lines deleted...]
-  <si>
     <t>16.04.2024</t>
   </si>
   <si>
-    <t>26.02.2025</t>
-[...1 lines deleted...]
-  <si>
     <t>2.07.2024</t>
   </si>
   <si>
     <t>12.02.2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>18.12.2024</t>
   </si>
   <si>
     <t>11.05.2021</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Tabelul tuturor cauzelor aflate pe rolul Marii Camere*
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <color theme="3" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> 
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="20"/>
@@ -393,69 +352,72 @@
       <t xml:space="preserve"> Acest lucru este permis în interesul unității juridice.</t>
     </r>
   </si>
   <si>
     <t>Cauza privește percheziția la sediul unei asociații masonice italiene (o lojă masonică) dispusă de o comisie parlamentară de anchetă și ridicarea unui număr mare de documente pe hârtie și digitale, inclusiv lista cu numele și datele personale a peste 6 000 de membri ai asociației. Percheziția a fost dispusă în cadrul anchetei cu privire la legătura dintre mafie și francmasonerie și la potențiala infiltrare a mafiei în lojele masonice.</t>
   </si>
   <si>
     <t>Cauza privește trei procese deschise împotriva reclamantului, respectiv de organele penale, de Comisia pentru piața valorilor mobiliare și de Banca Portugaliei, pentru infracțiuni penale și administrative săvârșite atunci când era vicepreședinte al Consiliului de administrație al unei bănci comerciale. Reclamantul se plânge că a fost urmărit penal de trei ori pentru aceleași fapte.</t>
   </si>
   <si>
     <t>Cauza privește condamnarea reclamantului pentru apartenență la o organizație teroristă armată descrisă de autoritățile turce drept „Organizația teroristă fetullahistă/Structura statului paralel”, ca urmare a activităților desfășurate în secret de reclamant, în calitate de ofițer superior al acestei organizații.</t>
   </si>
   <si>
     <t>17.09.2025</t>
   </si>
   <si>
     <t>19.11.2025</t>
   </si>
   <si>
     <t>21.01.2026</t>
   </si>
   <si>
     <t>5.07.2025</t>
   </si>
   <si>
-    <t>3.04.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>Art. 6 § 1</t>
   </si>
   <si>
     <t>Art. 8
 Art. 11
 Art. 13</t>
   </si>
   <si>
     <t>Art. 4 din Protocolul nr. 7</t>
   </si>
   <si>
     <t>Art. 3 (latura materială)
 Art. 7</t>
   </si>
   <si>
     <t>Prezenta traducere este publicată cu acordul Consiliului Europei și al Curț ii Europene a Drepturilor Omului și reprezintă  responsabilitatea exclusivă  a Institutului European din România.</t>
+  </si>
+  <si>
+    <t>1.04.2026</t>
+  </si>
+  <si>
+    <t>4.03.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -695,51 +657,51 @@
       <right style="thin">
         <color rgb="FF0070C0"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF0070C0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF0070C0"/>
       </left>
       <right style="thin">
         <color rgb="FF0070C0"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="32">
+  <cellXfs count="31">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -748,91 +710,88 @@
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" indent="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="10">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="3" tint="-0.499984740745262"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color rgb="FF0070C0"/>
         </left>
         <right style="thin">
@@ -1116,54 +1075,54 @@
         <a:xfrm>
           <a:off x="252940" y="95250"/>
           <a:ext cx="2356485" cy="882015"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="EKSPendingGC" displayName="EKSPendingGC" ref="B6:H19" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8" tableBorderDxfId="7">
-[...2 lines deleted...]
-    <sortCondition descending="1" ref="E6:E22"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="EKSPendingGC" displayName="EKSPendingGC" ref="B6:H17" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8" tableBorderDxfId="7">
+  <autoFilter ref="B6:H17" xr:uid="{00000000-0009-0000-0100-000002000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B7:H20">
+    <sortCondition descending="1" ref="E6:E20"/>
   </sortState>
   <tableColumns count="7">
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Numele cererii" dataDxfId="6"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="Nr. cererii (cererilor) _x000a_(cu link către hotărârea camerei relevante pentru trimitere și către comunicatul de presă pentru desesizare)" dataDxfId="5"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Trimitere/Desesizare" dataDxfId="4"/>
     <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="Data trimiterii/desesizării" dataDxfId="3"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Data ședinței" dataDxfId="2"/>
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Descrierea cauzei" dataDxfId="1"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Articolul (articolele) relevant(e) din Convenție" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="1"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1420,488 +1379,442 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-172107" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf?library=ECHR&amp;id=003-6284216-8193553&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20Slovenia%20v.%20Croatia.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7019980-9469559&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20of%20two%20inter-State%20cases.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-238566" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-187961" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7983149-11136336&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20R.A.%20and%20Others%20v.%20Poland%20.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf?library=ECHR&amp;id=003-5725353-7269931&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20Nicolae%20Virgiliu%20Tanase%20v.%20Romania.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng-press" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7019980-9469559&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20of%20two%20inter-State%20cases.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-237560" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-184665" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-231394" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-243823" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-172107" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf?library=ECHR&amp;id=003-6284216-8193553&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20Slovenia%20v.%20Croatia.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-178877" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-235709" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng-press" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-233412" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-242860" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-187961" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7928255-11041779&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20C.O.C.G.%20and%20Others%20v.%20Lithuania.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-178877" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-184665" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf?library=ECHR&amp;id=003-5725353-7269931&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20Nicolae%20Virgiliu%20Tanase%20v.%20Romania.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7991237-11149537&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20H.M.M.%20and%20Others%20v.%20Latvia.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8306874-11708286&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20Kuijt%20v.%20the%20Netherlands.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-172107" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf?library=ECHR&amp;id=003-6284216-8193553&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20Slovenia%20v.%20Croatia.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7019980-9469559&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20of%20two%20inter-State%20cases.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-242860" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-187961" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7991237-11149537&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20H.M.M.%20and%20Others%20v.%20Latvia.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf?library=ECHR&amp;id=003-5725353-7269931&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20Nicolae%20Virgiliu%20Tanase%20v.%20Romania.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng-press" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7019980-9469559&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20of%20two%20inter-State%20cases.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8306874-11708286&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20Kuijt%20v.%20the%20Netherlands.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-184665" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7983149-11136336&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20R.A.%20and%20Others%20v.%20Poland%20.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-172107" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf?library=ECHR&amp;id=003-6284216-8193553&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20Slovenia%20v.%20Croatia.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-178877" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-238566" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng-press" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-237560" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-187961" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-7928255-11041779&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20C.O.C.G.%20and%20Others%20v.%20Lithuania.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-178877" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hudoc.echr.coe.int/eng?i=001-184665" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/app/conversion/pdf?library=ECHR&amp;id=003-5725353-7269931&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20Nicolae%20Virgiliu%20Tanase%20v.%20Romania.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-235709" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/eng?i=001-243823" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H19"/>
+  <dimension ref="A1:H17"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A2" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="E7" sqref="E7"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="F7" sqref="F7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="43.7109375" style="2" customWidth="1"/>
     <col min="3" max="3" width="19.7109375" style="3" customWidth="1"/>
     <col min="4" max="5" width="25" style="9" customWidth="1"/>
     <col min="6" max="6" width="20" style="1" customWidth="1"/>
     <col min="7" max="7" width="106.42578125" style="1" customWidth="1"/>
     <col min="8" max="8" width="27" style="1" customWidth="1"/>
     <col min="9" max="16384" width="9.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="H1" s="25" t="s">
+      <c r="H1" s="24" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8" s="5" customFormat="1" ht="83.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B2" s="30" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="C2" s="30"/>
       <c r="D2" s="30"/>
       <c r="E2" s="30"/>
       <c r="F2" s="30"/>
       <c r="G2" s="30"/>
       <c r="H2" s="30"/>
     </row>
     <row r="3" spans="1:8" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B3" s="31" t="s">
+      <c r="B3" s="28" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="10"/>
       <c r="D3" s="10"/>
       <c r="E3" s="10"/>
       <c r="F3" s="10"/>
       <c r="G3" s="10"/>
       <c r="H3" s="11"/>
     </row>
     <row r="4" spans="1:8" s="5" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B4" s="31" t="s">
-        <v>83</v>
+      <c r="B4" s="28" t="s">
+        <v>70</v>
       </c>
       <c r="C4" s="10"/>
       <c r="D4" s="10"/>
       <c r="E4" s="10"/>
       <c r="F4" s="10"/>
       <c r="G4" s="10"/>
       <c r="H4" s="11"/>
     </row>
     <row r="5" spans="1:8" s="5" customFormat="1" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="29" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="C5" s="29"/>
       <c r="D5" s="29"/>
       <c r="E5" s="29"/>
       <c r="F5" s="29"/>
       <c r="G5" s="29"/>
       <c r="H5" s="29"/>
     </row>
     <row r="6" spans="1:8" ht="111" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="7" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F6" s="8" t="s">
         <v>6</v>
       </c>
       <c r="G6" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H6" s="6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="30" x14ac:dyDescent="0.25">
-      <c r="A7" s="28"/>
+      <c r="A7" s="27"/>
       <c r="B7" s="12" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="C7" s="13" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="D7" s="14" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="15" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-        <v>54</v>
+        <v>44</v>
+      </c>
+      <c r="F7" s="16" t="s">
+        <v>71</v>
+      </c>
+      <c r="G7" s="25" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" s="26" t="s">
+        <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="30" x14ac:dyDescent="0.25">
-      <c r="A8" s="28"/>
+      <c r="A8" s="27"/>
       <c r="B8" s="12" t="s">
-        <v>63</v>
+        <v>51</v>
       </c>
       <c r="C8" s="13" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="D8" s="14" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="F8" s="16" t="s">
+        <v>72</v>
+      </c>
+      <c r="G8" s="25" t="s">
         <v>57</v>
       </c>
-      <c r="F8" s="16" t="s">
-[...6 lines deleted...]
-        <v>54</v>
+      <c r="H8" s="26" t="s">
+        <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="28"/>
+      <c r="A9" s="27"/>
       <c r="B9" s="12" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D9" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="F9" s="16" t="s">
         <v>64</v>
       </c>
-      <c r="C9" s="13" t="s">
-[...5 lines deleted...]
-      <c r="E9" s="15" t="s">
+      <c r="G9" s="25" t="s">
         <v>58</v>
       </c>
-      <c r="F9" s="16" t="s">
-[...6 lines deleted...]
-        <v>79</v>
+      <c r="H9" s="26" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="60" x14ac:dyDescent="0.25">
-      <c r="A10" s="28"/>
+      <c r="A10" s="27"/>
       <c r="B10" s="12" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="C10" s="13" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="D10" s="14" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="F10" s="16" t="s">
+        <v>63</v>
+      </c>
+      <c r="G10" s="25" t="s">
         <v>59</v>
       </c>
-      <c r="F10" s="16" t="s">
-[...6 lines deleted...]
-        <v>80</v>
+      <c r="H10" s="26" t="s">
+        <v>67</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="28"/>
+      <c r="A11" s="27"/>
       <c r="B11" s="12" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="C11" s="13" t="s">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="D11" s="14" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="15" t="s">
+        <v>48</v>
+      </c>
+      <c r="F11" s="16" t="s">
+        <v>62</v>
+      </c>
+      <c r="G11" s="25" t="s">
         <v>60</v>
       </c>
-      <c r="F11" s="16" t="s">
-[...6 lines deleted...]
-        <v>81</v>
+      <c r="H11" s="26" t="s">
+        <v>68</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="48" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="28"/>
+      <c r="A12" s="27"/>
       <c r="B12" s="12" t="s">
-        <v>67</v>
+        <v>55</v>
       </c>
       <c r="C12" s="13" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="14" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="F12" s="16" t="s">
+        <v>65</v>
+      </c>
+      <c r="G12" s="25" t="s">
         <v>61</v>
       </c>
-      <c r="F12" s="16" t="s">
-[...6 lines deleted...]
-        <v>82</v>
+      <c r="H12" s="26" t="s">
+        <v>69</v>
       </c>
     </row>
-    <row r="13" spans="1:8" ht="75" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="B13" s="12" t="s">
         <v>11</v>
       </c>
       <c r="C13" s="13" t="s">
         <v>12</v>
       </c>
       <c r="D13" s="14" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E13" s="15" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      <c r="G13" s="26" t="s">
+        <v>34</v>
+      </c>
+      <c r="F13" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="G13" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" s="23" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="93" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="C14" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="D14" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="H13" s="27" t="s">
-        <v>14</v>
+      <c r="E14" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="F14" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="G14" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="H14" s="23" t="s">
+        <v>19</v>
       </c>
     </row>
-    <row r="14" spans="1:8" ht="60" x14ac:dyDescent="0.25">
-[...22 lines deleted...]
-    <row r="15" spans="1:8" ht="93" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:8" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="12" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="13" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="14" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E15" s="15" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="F15" s="17" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="G15" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="G15" s="22" t="s">
         <v>22</v>
       </c>
-      <c r="H15" s="24" t="s">
+      <c r="H15" s="23" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="16" spans="1:8" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B16" s="12" t="s">
+    <row r="16" spans="1:8" ht="139.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B16" s="20" t="s">
         <v>24</v>
       </c>
-      <c r="C16" s="13" t="s">
+      <c r="C16" s="19" t="s">
         <v>25</v>
       </c>
-      <c r="D16" s="14" t="s">
-[...8 lines deleted...]
-      <c r="G16" s="23" t="s">
+      <c r="D16" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="F16" s="18"/>
+      <c r="G16" s="22" t="s">
         <v>26</v>
       </c>
-      <c r="H16" s="24" t="s">
+      <c r="H16" s="23" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="17" spans="2:8" ht="66" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B17" s="12" t="s">
+    <row r="17" spans="2:8" ht="80.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="20" t="s">
         <v>28</v>
       </c>
-      <c r="C17" s="13" t="s">
+      <c r="C17" s="19" t="s">
         <v>29</v>
       </c>
-      <c r="D17" s="14" t="s">
-[...8 lines deleted...]
-      <c r="G17" s="23" t="s">
+      <c r="D17" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="F17" s="18"/>
+      <c r="G17" s="22" t="s">
         <v>30</v>
       </c>
-      <c r="H17" s="24" t="s">
-[...42 lines deleted...]
-        <v>35</v>
+      <c r="H17" s="23" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B5:H5"/>
     <mergeCell ref="B2:H2"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="C26" r:id="rId1" display="http://hudoc.echr.coe.int/eng?i=001-172107" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
-[...12 lines deleted...]
-    <hyperlink ref="B20" r:id="rId14" display="41720/13" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
+    <hyperlink ref="C24" r:id="rId1" display="http://hudoc.echr.coe.int/eng?i=001-172107" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="C19" r:id="rId2" display="60561/14" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
+    <hyperlink ref="C20" r:id="rId3" display="14305/17" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
+    <hyperlink ref="C22" r:id="rId4" display="37283/13" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
+    <hyperlink ref="C23" r:id="rId5" location="{&quot;fulltext&quot;:[&quot;relinquishment&quot;],&quot;documentcollectionid&quot;:[&quot;GENERAL&quot;]}" display="https://hudoc.echr.coe.int/eng-press - {&quot;fulltext&quot;:[&quot;relinquishment&quot;],&quot;documentcollectionid&quot;:[&quot;GENERAL&quot;]}" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
+    <hyperlink ref="C21" r:id="rId6" display="54155/16" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
+    <hyperlink ref="C18" r:id="rId7" display="41720/13" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
+    <hyperlink ref="B24" r:id="rId8" display="http://hudoc.echr.coe.int/eng?i=001-172107" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
+    <hyperlink ref="B19" r:id="rId9" display="60561/14" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
+    <hyperlink ref="B20" r:id="rId10" display="14305/17" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
+    <hyperlink ref="B22" r:id="rId11" display="37283/13" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
+    <hyperlink ref="B23" r:id="rId12" location="{&quot;fulltext&quot;:[&quot;relinquishment&quot;],&quot;documentcollectionid&quot;:[&quot;GENERAL&quot;]}" display="https://hudoc.echr.coe.int/eng-press - {&quot;fulltext&quot;:[&quot;relinquishment&quot;],&quot;documentcollectionid&quot;:[&quot;GENERAL&quot;]}" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
+    <hyperlink ref="B21" r:id="rId13" display="54155/16" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
+    <hyperlink ref="B18" r:id="rId14" display="41720/13" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
     <hyperlink ref="E6" r:id="rId15" display="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
     <hyperlink ref="F6" r:id="rId16" display="http://insite.dhcour.coe.int/link/tikitlink.asp?doc=2024927%20&amp;lib=court" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
-    <hyperlink ref="C18" r:id="rId17" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
-[...11 lines deleted...]
-    <hyperlink ref="C7" r:id="rId29" xr:uid="{00000000-0004-0000-0000-000023000000}"/>
+    <hyperlink ref="C16" r:id="rId17" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
+    <hyperlink ref="C17" r:id="rId18" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
+    <hyperlink ref="C15" r:id="rId19" xr:uid="{00000000-0004-0000-0000-000019000000}"/>
+    <hyperlink ref="C14" r:id="rId20" xr:uid="{00000000-0004-0000-0000-00001B000000}"/>
+    <hyperlink ref="C13" r:id="rId21" xr:uid="{00000000-0004-0000-0000-00001C000000}"/>
+    <hyperlink ref="C12" r:id="rId22" xr:uid="{00000000-0004-0000-0000-00001E000000}"/>
+    <hyperlink ref="C11" r:id="rId23" display="48047/15 and 2276/20" xr:uid="{00000000-0004-0000-0000-00001F000000}"/>
+    <hyperlink ref="C10" r:id="rId24" xr:uid="{00000000-0004-0000-0000-000020000000}"/>
+    <hyperlink ref="C9" r:id="rId25" display="https://hudoc.echr.coe.int/app/conversion/pdf/?library=ECHR&amp;id=003-8306874-11708286&amp;filename=Relinquishment%20in%20favour%20of%20the%20Grand%20Chamber%20in%20the%20case%20Kuijt%20v.%20the%20Netherlands.pdf" xr:uid="{00000000-0004-0000-0000-000021000000}"/>
+    <hyperlink ref="C8" r:id="rId26" xr:uid="{00000000-0004-0000-0000-000022000000}"/>
+    <hyperlink ref="C7" r:id="rId27" xr:uid="{00000000-0004-0000-0000-000023000000}"/>
   </hyperlinks>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.31496062992125984" bottom="0.31496062992125984" header="0.23622047244094491" footer="0.31496062992125984"/>
-  <pageSetup paperSize="8" scale="49" fitToHeight="0" orientation="landscape" r:id="rId30"/>
-  <drawing r:id="rId31"/>
+  <pageSetup paperSize="8" scale="49" fitToHeight="0" orientation="landscape" r:id="rId28"/>
+  <drawing r:id="rId29"/>
   <tableParts count="1">
-    <tablePart r:id="rId32"/>
+    <tablePart r:id="rId30"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Cauze aflate pe rolul MC</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>